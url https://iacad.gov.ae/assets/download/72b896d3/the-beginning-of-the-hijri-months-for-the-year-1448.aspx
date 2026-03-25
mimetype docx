--- v0 (2025-10-29)
+++ v1 (2026-03-25)
@@ -2489,50 +2489,51 @@
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000A616E"/>
     <w:rsid w:val="00044258"/>
     <w:rsid w:val="000A616E"/>
     <w:rsid w:val="000D17A1"/>
     <w:rsid w:val="000E1833"/>
     <w:rsid w:val="000E278D"/>
     <w:rsid w:val="001A5DBD"/>
     <w:rsid w:val="001E2E12"/>
     <w:rsid w:val="002E4039"/>
     <w:rsid w:val="00326C05"/>
     <w:rsid w:val="00376512"/>
     <w:rsid w:val="00420EFB"/>
     <w:rsid w:val="0042507C"/>
     <w:rsid w:val="004A3FB3"/>
     <w:rsid w:val="004F2896"/>
     <w:rsid w:val="0050133B"/>
     <w:rsid w:val="00575858"/>
     <w:rsid w:val="005771B5"/>
     <w:rsid w:val="005F4234"/>
     <w:rsid w:val="00610228"/>
+    <w:rsid w:val="00630E59"/>
     <w:rsid w:val="00651B99"/>
     <w:rsid w:val="007B7FB9"/>
     <w:rsid w:val="007E5F58"/>
     <w:rsid w:val="00822D9C"/>
     <w:rsid w:val="00896720"/>
     <w:rsid w:val="008F1610"/>
     <w:rsid w:val="009075D6"/>
     <w:rsid w:val="009513C7"/>
     <w:rsid w:val="00AF7BA6"/>
     <w:rsid w:val="00B51F62"/>
     <w:rsid w:val="00B823F8"/>
     <w:rsid w:val="00BB5CB1"/>
     <w:rsid w:val="00C47CD9"/>
     <w:rsid w:val="00C842FA"/>
     <w:rsid w:val="00CA6875"/>
     <w:rsid w:val="00CD4C8B"/>
     <w:rsid w:val="00D1586F"/>
     <w:rsid w:val="00D17FA8"/>
     <w:rsid w:val="00D95172"/>
     <w:rsid w:val="00D95D63"/>
     <w:rsid w:val="00DE1EA0"/>
     <w:rsid w:val="00E20724"/>
     <w:rsid w:val="00E45979"/>
     <w:rsid w:val="00E5429A"/>
     <w:rsid w:val="00E6407A"/>
@@ -3386,50 +3387,65 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101005405124A4DE7C542B552AAA2A6C2B4B2" ma:contentTypeVersion="0" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="3b1f4f91202eeb08557e4fa8d695cca0">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6ff03dde4259c08ff71d8d05c94e2e99">
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all/>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
@@ -3499,94 +3515,79 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{65316DA1-3BA0-4067-8B79-6EB858969E9D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D356583A-9372-4E9F-8850-1CAEB882FD43}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...7 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AF2F19DC-DE2F-41B5-A754-04CCA6F15520}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D356583A-9372-4E9F-8850-1CAEB882FD43}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{65316DA1-3BA0-4067-8B79-6EB858969E9D}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>119</Words>
   <Characters>681</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>5</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>